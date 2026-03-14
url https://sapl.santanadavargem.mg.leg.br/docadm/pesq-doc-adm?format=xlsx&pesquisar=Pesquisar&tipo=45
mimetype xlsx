--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="46">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
@@ -139,50 +139,59 @@
     <t>8150</t>
   </si>
   <si>
     <t>Ata de audiência Pública do Legislativo 05 de Julho de 2024</t>
   </si>
   <si>
     <t>8638</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Ata da Sessão de Instalação da Câmara Municipal de Santana da Vargem da 16ª Legislatura do ano de 2025</t>
   </si>
   <si>
     <t>9220</t>
   </si>
   <si>
     <t>Ata da Audiência Pública nº 01 de 2025 para tratar Projeto de Lei Ordinária nº 34 de 2025</t>
   </si>
   <si>
     <t>9553</t>
   </si>
   <si>
     <t>Ata da Audiência Pública pra análise do Projeto de Lei de Diretrizes Orçamentárias para o ano de 2026 realizada no dia trinta de julho de 2025</t>
+  </si>
+  <si>
+    <t>10345</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Solene de Inauguração da 2ª Sessão Legislativa da 16ª legislatura do ano de 2026 da Câmara Municipal de Santana da Vargem realizada no dia 1º de fevereiro de 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -474,61 +483,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="124.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="159.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
@@ -765,50 +775,70 @@
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>