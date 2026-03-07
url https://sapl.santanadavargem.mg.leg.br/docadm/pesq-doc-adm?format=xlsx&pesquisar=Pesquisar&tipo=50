--- v0 (2025-12-07)
+++ v1 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5136" uniqueCount="1967">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5208" uniqueCount="1992">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -5926,50 +5926,125 @@
     <t>Relatório e prestação de contas Ruiter Silva de Oliveira (Belo Horizonte 11/11/2025 a 14/11/2025)</t>
   </si>
   <si>
     <t>9976</t>
   </si>
   <si>
     <t>Requisição de diárias Paulo José Barbosa (Brasília 01/12/2025 a 05/12/2025)</t>
   </si>
   <si>
     <t>9977</t>
   </si>
   <si>
     <t>Requisição de diárias Everton Paulo Araújo (Brasília 01/12/2025 a 05/12/2025)</t>
   </si>
   <si>
     <t>9978</t>
   </si>
   <si>
     <t>Requisição de diárias Jackson Luiz Venâncio de Souza (Brasília 01/12/2025 a 05/12/2025)</t>
   </si>
   <si>
     <t>9996</t>
   </si>
   <si>
     <t>Relatório e prestação de contas Rafael Teixeira Nogueira (Belo Horizonte - 11/11/2025 a 14/11/2025)</t>
+  </si>
+  <si>
+    <t>10049</t>
+  </si>
+  <si>
+    <t>Requisição de diárias Rafael Teixeira Nogueira (Divinópolis- 11/12/2025)</t>
+  </si>
+  <si>
+    <t>10065</t>
+  </si>
+  <si>
+    <t>Relatório  e prestação de contas Emerson Silva Araújo (Brasília - 01/12/2025 a 06/12/2025)</t>
+  </si>
+  <si>
+    <t>10076</t>
+  </si>
+  <si>
+    <t>Relatório e prestação de contas Jackson Luiz Venâncio de Souza (Brasília  01/12/2025 a 06/12/2025)</t>
+  </si>
+  <si>
+    <t>10081</t>
+  </si>
+  <si>
+    <t>Relatório e prestação de contas Everton Paulo Araújo (Brasília 01/12/2025)</t>
+  </si>
+  <si>
+    <t>10089</t>
+  </si>
+  <si>
+    <t>Relatório e prestação de contas Emerson Silva Araújo (Divinópolis 11 de Dezembro de 2025)</t>
+  </si>
+  <si>
+    <t>10100</t>
+  </si>
+  <si>
+    <t>Relatório e Prestação de contas Rafael Teixeira Nogueira (Divinópolis -11/12/2025)</t>
+  </si>
+  <si>
+    <t>10286</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Requerimento de Diárias Ruiter Silva de Oliveira - Varginha (20 de fevereiro)</t>
+  </si>
+  <si>
+    <t>10347</t>
+  </si>
+  <si>
+    <t>Requisição de diárias Jackson Luiz Venâncio de Souza  (Belo Horizonte - 10/03/2026 a 13/03/2026)</t>
+  </si>
+  <si>
+    <t>10348</t>
+  </si>
+  <si>
+    <t>Requisição de diárias Everton Paulo Araújo (Belo Horizonte- 10/03/2026 a 13/03/2026)</t>
+  </si>
+  <si>
+    <t>10352</t>
+  </si>
+  <si>
+    <t>Relatório e prestação de contas Ruiter Silva de Oliveira - Varginha 20/02/2026</t>
+  </si>
+  <si>
+    <t>10359</t>
+  </si>
+  <si>
+    <t>Requisição de diárias Ruiter Silva de Oliveira (Três Pontas e Varginha - 06/03/2026)</t>
+  </si>
+  <si>
+    <t>10365</t>
+  </si>
+  <si>
+    <t>Prestação de contas de viagem para pesquisas de preços em Três Pontas e Varginha.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -6261,57 +6336,58 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F856"/>
+  <dimension ref="A1:F868"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -23392,50 +23468,290 @@
       <c r="E855" t="s">
         <v>10</v>
       </c>
       <c r="F855" t="s">
         <v>1964</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" t="s">
         <v>1965</v>
       </c>
       <c r="B856" t="s">
         <v>1780</v>
       </c>
       <c r="C856" t="s">
         <v>283</v>
       </c>
       <c r="D856" t="s">
         <v>9</v>
       </c>
       <c r="E856" t="s">
         <v>10</v>
       </c>
       <c r="F856" t="s">
         <v>1966</v>
+      </c>
+    </row>
+    <row r="857" spans="1:6">
+      <c r="A857" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C857" t="s">
+        <v>286</v>
+      </c>
+      <c r="D857" t="s">
+        <v>9</v>
+      </c>
+      <c r="E857" t="s">
+        <v>10</v>
+      </c>
+      <c r="F857" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="858" spans="1:6">
+      <c r="A858" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B858" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C858" t="s">
+        <v>289</v>
+      </c>
+      <c r="D858" t="s">
+        <v>9</v>
+      </c>
+      <c r="E858" t="s">
+        <v>10</v>
+      </c>
+      <c r="F858" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="859" spans="1:6">
+      <c r="A859" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C859" t="s">
+        <v>292</v>
+      </c>
+      <c r="D859" t="s">
+        <v>9</v>
+      </c>
+      <c r="E859" t="s">
+        <v>10</v>
+      </c>
+      <c r="F859" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="860" spans="1:6">
+      <c r="A860" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B860" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C860" t="s">
+        <v>295</v>
+      </c>
+      <c r="D860" t="s">
+        <v>9</v>
+      </c>
+      <c r="E860" t="s">
+        <v>10</v>
+      </c>
+      <c r="F860" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="861" spans="1:6">
+      <c r="A861" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C861" t="s">
+        <v>298</v>
+      </c>
+      <c r="D861" t="s">
+        <v>9</v>
+      </c>
+      <c r="E861" t="s">
+        <v>10</v>
+      </c>
+      <c r="F861" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="862" spans="1:6">
+      <c r="A862" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B862" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C862" t="s">
+        <v>301</v>
+      </c>
+      <c r="D862" t="s">
+        <v>9</v>
+      </c>
+      <c r="E862" t="s">
+        <v>10</v>
+      </c>
+      <c r="F862" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="863" spans="1:6">
+      <c r="A863" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C863" t="s">
+        <v>8</v>
+      </c>
+      <c r="D863" t="s">
+        <v>9</v>
+      </c>
+      <c r="E863" t="s">
+        <v>10</v>
+      </c>
+      <c r="F863" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="864" spans="1:6">
+      <c r="A864" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B864" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C864" t="s">
+        <v>13</v>
+      </c>
+      <c r="D864" t="s">
+        <v>9</v>
+      </c>
+      <c r="E864" t="s">
+        <v>10</v>
+      </c>
+      <c r="F864" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="865" spans="1:6">
+      <c r="A865" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C865" t="s">
+        <v>16</v>
+      </c>
+      <c r="D865" t="s">
+        <v>9</v>
+      </c>
+      <c r="E865" t="s">
+        <v>10</v>
+      </c>
+      <c r="F865" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="866" spans="1:6">
+      <c r="A866" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C866" t="s">
+        <v>19</v>
+      </c>
+      <c r="D866" t="s">
+        <v>9</v>
+      </c>
+      <c r="E866" t="s">
+        <v>10</v>
+      </c>
+      <c r="F866" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="867" spans="1:6">
+      <c r="A867" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B867" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C867" t="s">
+        <v>21</v>
+      </c>
+      <c r="D867" t="s">
+        <v>9</v>
+      </c>
+      <c r="E867" t="s">
+        <v>10</v>
+      </c>
+      <c r="F867" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="868" spans="1:6">
+      <c r="A868" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B868" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C868" t="s">
+        <v>23</v>
+      </c>
+      <c r="D868" t="s">
+        <v>9</v>
+      </c>
+      <c r="E868" t="s">
+        <v>10</v>
+      </c>
+      <c r="F868" t="s">
+        <v>1991</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>