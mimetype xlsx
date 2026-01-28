--- v0 (2025-12-07)
+++ v1 (2026-01-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4290" uniqueCount="1553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4392" uniqueCount="1588">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
@@ -4941,50 +4941,201 @@
     <t>9971</t>
   </si>
   <si>
     <t>Relatório de rodagem do veículo oficial_x000D_
 Localidade: Santana da Vargem_x000D_
 Data: 13/11/2025_x000D_
 Levar veiculo para lavar no auto posto APS e a tarde levar documento para despachar com a presidente e levar o carro para calibrar pneus</t>
   </si>
   <si>
     <t>9972</t>
   </si>
   <si>
     <t>Relatório de rodagem do veículo oficial _x000D_
 Localidade: Belo Horizonte_x000D_
 Data: 14/11/2025_x000D_
 Levar diretor Rafael e funcionário Ruiter e Cleber para fazer curso de Capacitação</t>
   </si>
   <si>
     <t>9990</t>
   </si>
   <si>
     <t>Relatório de rodagem do veículo oficial _x000D_
 Localidade de Destino: Santana da Vargem_x000D_
 Data: 17/11/2025_x000D_
 Levar diretor Rafael para discutir assunto com fornecedores</t>
+  </si>
+  <si>
+    <t>10077</t>
+  </si>
+  <si>
+    <t>Checklist de inspeção veículo Emerson Silva Araújo</t>
+  </si>
+  <si>
+    <t>10079</t>
+  </si>
+  <si>
+    <t>Localidade: Brasília _x000D_
+Data: 01/12/2025 retorno 06/12/2025_x000D_
+Levar vereadores Paulinho e Jackson para o 18º congresso brasileiro  de câmaras municipais</t>
+  </si>
+  <si>
+    <t>10080</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial_x000D_
+Localidade: Santana da Vargem _x000D_
+Data: 10/12/2025_x000D_
+levar funcionários para discutir com fornecedores</t>
+  </si>
+  <si>
+    <t>10087</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Localidade: Divinópolis -MG_x000D_
+Data: 11/12/2025 _x000D_
+Levar diretor Rafael para buscar placas de homenagem</t>
+  </si>
+  <si>
+    <t>10106</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial_x000D_
+Localidade: Santana da Vargem_x000D_
+Data: 15/11/2025_x000D_
+Levar diretor Rafael para abastecer o veículo</t>
+  </si>
+  <si>
+    <t>10107</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem veículo do oficial _x000D_
+Local: Santana da Vargem_x000D_
+Data: 16/12/2025_x000D_
+Levar diretor Rafael para despachar com presidente</t>
+  </si>
+  <si>
+    <t>10122</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do veículo oficial_x000D_
+localidade: Santana da Vargem_x000D_
+Data: 17/12/2025_x000D_
+Levar diretor Rafael para despachar com presidente</t>
+  </si>
+  <si>
+    <t>10123</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do veículo oficial_x000D_
+localidade: Santana da Vargem_x000D_
+Data: 18/12/2025_x000D_
+Levar diretor Rafael para despachar com presidente</t>
+  </si>
+  <si>
+    <t>10124</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do veículo oficial_x000D_
+localidade: Santana da Vargem_x000D_
+Data: 18/11/2025_x000D_
+Levar diretor Rafael para despachar com presidente e vereador Jackson</t>
+  </si>
+  <si>
+    <t>10125</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do veículo oficial_x000D_
+localidade: Santana da Vargem_x000D_
+Data: 18/12/2025_x000D_
+Levar servidor Ruiter no cartório</t>
+  </si>
+  <si>
+    <t>10126</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do veículo oficial_x000D_
+localidade: Santana da Vargem_x000D_
+Data: 18/12/2025_x000D_
+Levar funcionário Ruiter no cartório</t>
+  </si>
+  <si>
+    <t>10130</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem veículo oficial _x000D_
+Localidade: Santana da Vargem_x000D_
+Data: 19/12/2025_x000D_
+Levar funcionário Ruiter para despachar com vereadores Paulinho, Silmara e  Gilson</t>
+  </si>
+  <si>
+    <t>10131</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Localidade: Santana da Vargem _x000D_
+Data: 19/12/2025</t>
+  </si>
+  <si>
+    <t>10132</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial_x000D_
+Localidade: Santana da Vargem_x000D_
+Data: 19/12/2025_x000D_
+Levar diretor Rafael para despachar com a presidente</t>
+  </si>
+  <si>
+    <t>10134</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem veículo oficial_x000D_
+Localidade: Santana da Vargem _x000D_
+Data: 22/12/2025_x000D_
+Levar diretor Rafael para despachar com a presidente</t>
+  </si>
+  <si>
+    <t>10135</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Localidade: Santana da Vargem_x000D_
+Data: 23/12/2025_x000D_
+Levar funcionário Ruiter para despachar com a vereadora Silmara</t>
+  </si>
+  <si>
+    <t>10173</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Localidade: Santana da Vargem_x000D_
+Data: 21/01/2026_x000D_
+Ir no mercado do cavalo buscar coador de café</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5276,57 +5427,58 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F715"/>
+  <dimension ref="A1:F732"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -19587,50 +19739,390 @@
       <c r="E714" t="s">
         <v>10</v>
       </c>
       <c r="F714" t="s">
         <v>1550</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
         <v>1551</v>
       </c>
       <c r="B715" t="s">
         <v>1317</v>
       </c>
       <c r="C715" t="s">
         <v>384</v>
       </c>
       <c r="D715" t="s">
         <v>9</v>
       </c>
       <c r="E715" t="s">
         <v>10</v>
       </c>
       <c r="F715" t="s">
         <v>1552</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B716" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C716" t="s">
+        <v>386</v>
+      </c>
+      <c r="D716" t="s">
+        <v>9</v>
+      </c>
+      <c r="E716" t="s">
+        <v>10</v>
+      </c>
+      <c r="F716" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C717" t="s">
+        <v>389</v>
+      </c>
+      <c r="D717" t="s">
+        <v>9</v>
+      </c>
+      <c r="E717" t="s">
+        <v>10</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B718" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C718" t="s">
+        <v>392</v>
+      </c>
+      <c r="D718" t="s">
+        <v>9</v>
+      </c>
+      <c r="E718" t="s">
+        <v>10</v>
+      </c>
+      <c r="F718" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C719" t="s">
+        <v>395</v>
+      </c>
+      <c r="D719" t="s">
+        <v>9</v>
+      </c>
+      <c r="E719" t="s">
+        <v>10</v>
+      </c>
+      <c r="F719" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C720" t="s">
+        <v>397</v>
+      </c>
+      <c r="D720" t="s">
+        <v>9</v>
+      </c>
+      <c r="E720" t="s">
+        <v>10</v>
+      </c>
+      <c r="F720" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C721" t="s">
+        <v>399</v>
+      </c>
+      <c r="D721" t="s">
+        <v>9</v>
+      </c>
+      <c r="E721" t="s">
+        <v>10</v>
+      </c>
+      <c r="F721" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C722" t="s">
+        <v>402</v>
+      </c>
+      <c r="D722" t="s">
+        <v>9</v>
+      </c>
+      <c r="E722" t="s">
+        <v>10</v>
+      </c>
+      <c r="F722" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C723" t="s">
+        <v>405</v>
+      </c>
+      <c r="D723" t="s">
+        <v>9</v>
+      </c>
+      <c r="E723" t="s">
+        <v>10</v>
+      </c>
+      <c r="F723" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C724" t="s">
+        <v>57</v>
+      </c>
+      <c r="D724" t="s">
+        <v>9</v>
+      </c>
+      <c r="E724" t="s">
+        <v>10</v>
+      </c>
+      <c r="F724" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C725" t="s">
+        <v>410</v>
+      </c>
+      <c r="D725" t="s">
+        <v>9</v>
+      </c>
+      <c r="E725" t="s">
+        <v>10</v>
+      </c>
+      <c r="F725" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C726" t="s">
+        <v>59</v>
+      </c>
+      <c r="D726" t="s">
+        <v>9</v>
+      </c>
+      <c r="E726" t="s">
+        <v>10</v>
+      </c>
+      <c r="F726" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C727" t="s">
+        <v>415</v>
+      </c>
+      <c r="D727" t="s">
+        <v>9</v>
+      </c>
+      <c r="E727" t="s">
+        <v>10</v>
+      </c>
+      <c r="F727" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C728" t="s">
+        <v>418</v>
+      </c>
+      <c r="D728" t="s">
+        <v>9</v>
+      </c>
+      <c r="E728" t="s">
+        <v>10</v>
+      </c>
+      <c r="F728" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C729" t="s">
+        <v>421</v>
+      </c>
+      <c r="D729" t="s">
+        <v>9</v>
+      </c>
+      <c r="E729" t="s">
+        <v>10</v>
+      </c>
+      <c r="F729" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C730" t="s">
+        <v>424</v>
+      </c>
+      <c r="D730" t="s">
+        <v>9</v>
+      </c>
+      <c r="E730" t="s">
+        <v>10</v>
+      </c>
+      <c r="F730" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C731" t="s">
+        <v>427</v>
+      </c>
+      <c r="D731" t="s">
+        <v>9</v>
+      </c>
+      <c r="E731" t="s">
+        <v>10</v>
+      </c>
+      <c r="F731" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C732" t="s">
+        <v>8</v>
+      </c>
+      <c r="D732" t="s">
+        <v>9</v>
+      </c>
+      <c r="E732" t="s">
+        <v>10</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1587</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>