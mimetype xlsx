--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4392" uniqueCount="1588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4422" uniqueCount="1598">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
@@ -5092,50 +5092,95 @@
     <t>Relatório de rodagem veículo oficial_x000D_
 Localidade: Santana da Vargem _x000D_
 Data: 22/12/2025_x000D_
 Levar diretor Rafael para despachar com a presidente</t>
   </si>
   <si>
     <t>10135</t>
   </si>
   <si>
     <t>Relatório de rodagem do veículo oficial _x000D_
 Localidade: Santana da Vargem_x000D_
 Data: 23/12/2025_x000D_
 Levar funcionário Ruiter para despachar com a vereadora Silmara</t>
   </si>
   <si>
     <t>10173</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Relatório de rodagem do veículo oficial _x000D_
 Localidade: Santana da Vargem_x000D_
 Data: 21/01/2026_x000D_
 Ir no mercado do cavalo buscar coador de café</t>
+  </si>
+  <si>
+    <t>10240</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do veículo _x000D_
+Localidade: Santana da Vargem _x000D_
+Data: 29/01/2026 _x000D_
+Levar convite para a reunião  de sessão de inauguração da legislatura de 2026, Sindicato dos Produtores, Sindicato dos Trabalhadores Rurais</t>
+  </si>
+  <si>
+    <t>10281</t>
+  </si>
+  <si>
+    <t>Relatório de Rodagem do Veículo Oficial Emerson Silva Araújo _x000D_
+Localidade: Três Pontas_x000D_
+Data: 09/02/2026_x000D_
+Levar vereadora Bruna na Caixa Econômica</t>
+  </si>
+  <si>
+    <t>10297</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Localidade: Santana da Vargem _x000D_
+Data: 19/02/2025_x000D_
+Levar documento para pegar assinatura da vereadora Silmara no Sindicato</t>
+  </si>
+  <si>
+    <t>10298</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Localidade: Varginha_x000D_
+Data: 20/02/2026_x000D_
+Levar funcionário Ruiter de Oliveira Para pegar cotações e no corpo de bombeiros</t>
+  </si>
+  <si>
+    <t>10330</t>
+  </si>
+  <si>
+    <t>Relatório de rodagem do veículo oficial _x000D_
+Três Pontas _x000D_
+Data: 26/02/2026_x000D_
+Levar diretora Viviane, vereadora Silmara e presidente Antônio para participar de reunião no Ministério Público</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5427,51 +5472,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F732"/>
+  <dimension ref="A1:F737"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -20079,50 +20124,150 @@
       <c r="E731" t="s">
         <v>10</v>
       </c>
       <c r="F731" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
         <v>1585</v>
       </c>
       <c r="B732" t="s">
         <v>1586</v>
       </c>
       <c r="C732" t="s">
         <v>8</v>
       </c>
       <c r="D732" t="s">
         <v>9</v>
       </c>
       <c r="E732" t="s">
         <v>10</v>
       </c>
       <c r="F732" t="s">
         <v>1587</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C733" t="s">
+        <v>13</v>
+      </c>
+      <c r="D733" t="s">
+        <v>9</v>
+      </c>
+      <c r="E733" t="s">
+        <v>10</v>
+      </c>
+      <c r="F733" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C734" t="s">
+        <v>16</v>
+      </c>
+      <c r="D734" t="s">
+        <v>9</v>
+      </c>
+      <c r="E734" t="s">
+        <v>10</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C735" t="s">
+        <v>19</v>
+      </c>
+      <c r="D735" t="s">
+        <v>9</v>
+      </c>
+      <c r="E735" t="s">
+        <v>10</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C736" t="s">
+        <v>22</v>
+      </c>
+      <c r="D736" t="s">
+        <v>9</v>
+      </c>
+      <c r="E736" t="s">
+        <v>10</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C737" t="s">
+        <v>25</v>
+      </c>
+      <c r="D737" t="s">
+        <v>9</v>
+      </c>
+      <c r="E737" t="s">
+        <v>10</v>
+      </c>
+      <c r="F737" t="s">
+        <v>1597</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>