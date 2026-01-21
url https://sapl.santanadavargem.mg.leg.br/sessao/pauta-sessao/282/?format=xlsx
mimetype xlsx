--- v0 (2025-12-07)
+++ v1 (2026-01-21)
@@ -10,83 +10,200 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="50">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 21 de 2025</t>
   </si>
   <si>
     <t>Luiz Felipe</t>
   </si>
   <si>
     <t>Institui o Dia do Trabalhador Rural no âmbito do Município de Santana da Vargem e dá outras providências</t>
   </si>
   <si>
     <t>Aprovada em 1º votação</t>
+  </si>
+  <si>
+    <t>Emenda e subemenda nº 62 de 2025</t>
+  </si>
+  <si>
+    <t>Silmara Girlaine</t>
+  </si>
+  <si>
+    <t>Altera o caput do Art. 1º do Projeto de Lei Ordinária nº 103, de 17 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão</t>
+  </si>
+  <si>
+    <t>Emenda e subemenda nº 63 de 2025</t>
+  </si>
+  <si>
+    <t>Altera o art. 3º do Projeto de Lei Ordinária nº 103, de 17 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>Emenda e subemenda nº 64 de 2025</t>
+  </si>
+  <si>
+    <t>Altera o caput do Art. 2º do Projeto de  Lei Ordinária nº 103, de 17 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 95 de 2025</t>
+  </si>
+  <si>
+    <t>Argemiro Rodrigues Galvão - Prefeito Municipal 2025/2028</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinário do Executivo nº. 095 de 07 de outubro de 2025 que "Dispõe sobre a concessão de uso do espaça público denominado Velório Municipal para a realização de cerimônias funebres"</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 100 de 2025</t>
+  </si>
+  <si>
+    <t>Ratifica o 2º Termo Aditivo ao Contrato de Consórcio Intermunicipal Multifinalitário do Baixo Sapucaí - CIMBASP</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 101 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.837/2025, que "Dispõe sobre a estrutura administrativa do Poder Executivo do Município de Santana da Vargem"</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 103 de 2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão geral anual sobre a remuneração dos agentes públicos servidores públicos municipais ativos e inativos e agentes políticos do Município de Santana da Vargem</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 104 de 2025</t>
+  </si>
+  <si>
+    <t>Altar a Lei Municipal nº 1.606, de 29 de dezembro de 2021 que "Dispõe sobre o Plano Plurianual para o período de 2022 a 2025 e a Lei Municipal  nº 1.826 de 10 de dezembro de 2024, que Estima Receita e fixa despesas do município de Santana da Vargem -MG para o exercício finaceiro de 2025 visando abertura de crédito adicional especial</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 105 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.606 de dezembro de 2021 que Dispõe sobre o Plano Plurianual para o período de 2022 a 2025 e a Lei Municipal nº 1.826 de 10 de dezembro de 2024 que Estima Receitas e fixa despesas do Município de Santana da Vargem MG para o exercício financeiro de 2025 visando abertura de crédito adicional especial</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 106 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.606 de 29 de dezembro de 2021 que Dispõe sobre o Plano Plurianual para o período de 2022 a 2025 e a Lei Municipal nº 1.826 de 10 de dezembro de 2024 que Estima Receita e fixa despesas do Município de Santana da Vargem -MG para o exercício financeiro de 2025 visando a abertura de crédito adicional especial</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 107 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.606, de 29 de dezembro de 2021 que "Dispõe sobre o Plano Plurianual para o período de 2022 a 2025 e a Lei Municipal nº 1.826 de 10 de dezembro de 2024 que Estima Receita e fixa despesas do município de Santana da Vargem -MG para o exercício financeiro de 2025 visando abertura de crédito adicional especial</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo nº 20 de 2025</t>
+  </si>
+  <si>
+    <t>Everton Paulo</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública Municipal a Associação SEC- Santana Esporte Clube, e dá outras providências</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 108 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1606, de 29 de dezembro de 2021, que "Dispõe sobre o Plano Plurianual para o período de 2022 a 2025" e a Lei Municipal nº 1.826, de 10 de dezembro de 2024, que "Estima Receita e fixa despesas do exercício financeiro de 2025" visando a abertura de crédito adicional especial"</t>
+  </si>
+  <si>
+    <t>Proposição autuada e cumprindo prazo de pauta</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 109 de 2025</t>
+  </si>
+  <si>
+    <t>Autoriza a permuta de imóvel pertencente ao Município de Santana da Vargem -MG com particular, estabelece condições para sua formalização</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 110 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.606, de 29 de dezembro de 2021 que "Dispõe sobre o Plano Plurianual para o período de 2022  a 2025" e a Lei Municipal nº 1.826 de 10 de dezembro de 2024, que Estima Receitas e fixa despesas do Município de Santana da Vargem-MG  para o exercício financeiro de 2025 visando a abertura de crédito adicional especial</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo nº 26 de 2025</t>
+  </si>
+  <si>
+    <t>Antonio Afonso</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de mudas de árvores nativas da flora do Estado de Minas Gerais e mudas de árvores frutíferas no âmbito do Município de Santana da Vargem/MG e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -378,102 +495,422 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F2"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="10.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="23" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="52.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="43.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>4303</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>4408</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>4409</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>4411</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>4318</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>4360</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>4381</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>4383</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>4400</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>4401</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>4403</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>4402</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>4273</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>4405</v>
+      </c>
+      <c r="B15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>4406</v>
+      </c>
+      <c r="B16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>4407</v>
+      </c>
+      <c r="B17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>4410</v>
+      </c>
+      <c r="B18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>